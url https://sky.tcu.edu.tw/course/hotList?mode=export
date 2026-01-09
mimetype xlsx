--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -11,362 +11,359 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="111">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
-    <t>462</t>
-[...2 lines deleted...]
-    <t>生物化學III~脂肪大觀園 (2025)</t>
+    <t>461</t>
+  </si>
+  <si>
+    <t>生物化學V-分子生物學I (2025)</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>醫學健康 Medical Health</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>326</t>
+    <t>82</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
-    <t>458</t>
-[...11 lines deleted...]
-    <t>重症照護實務與案例解析(2025秋季班)</t>
+    <t>257</t>
+  </si>
+  <si>
+    <t>慈濟大學數位培力專區</t>
+  </si>
+  <si>
+    <t>資訊科技 Information Technology</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>79</t>
-[...31 lines deleted...]
-  <si>
     <t>71</t>
   </si>
   <si>
     <t>2022-08-31</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>生物化學VI~分子生物II (2025)</t>
   </si>
   <si>
-    <t>68</t>
+    <t>70</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>生成式AI工具應用－ChatGPT與Canva</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>2024-07-04</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>生成式AI工具應用－ChatGPT與Canva(台北場)</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>11402生成式AI工具應用－ChatGPT與Canva(桃園)</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2025-04-19</t>
   </si>
   <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>星球能源與永續發展(2025秋季班)</t>
+  </si>
+  <si>
+    <t>環保永續 Environment Education</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>2025-02-26</t>
+  </si>
+  <si>
     <t>425</t>
   </si>
   <si>
     <t>【1133蘆洲】生成式AI工具應用－ChatGPT與Canva</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2024-07-20</t>
   </si>
   <si>
-    <t>464</t>
-[...16 lines deleted...]
-  <si>
     <t>424</t>
   </si>
   <si>
     <t>影音剪輯概念與手機操作實務</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2025-01-04</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>11402生成式AI工具應用－ChatGPT與Canva(蘆洲)</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2025-04-15</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>志玄1144－生成式AI工具應用－ChatGPT與Canva(台北)</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>如何了解現代藝術(數位自學課程)</t>
+  </si>
+  <si>
+    <t>藝術人文 Arts annd Humanities</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>2024-02-01</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>11402生成式AI工具應用－ChatGPT與Canva(台北)</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>2025-04-17</t>
+  </si>
+  <si>
     <t>450</t>
   </si>
   <si>
     <t>生成式AI工具應用</t>
   </si>
   <si>
-    <t>21</t>
-[...22 lines deleted...]
-  <si>
     <t>451</t>
   </si>
   <si>
     <t>專業簡報輕鬆做－用Canva學視覺化設計</t>
   </si>
   <si>
     <t>2025-01-14</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>志玄1144－生成式AI工具應用－ChatGPT與Canva(桃園)</t>
   </si>
   <si>
     <t>2025-10-15</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>健康家庭</t>
   </si>
   <si>
     <t>社會心理 Social Psychology</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>11402專業簡報輕鬆做－用Canva學視覺化設計(台北)</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>志玄1151－生成式AI工具應用－ChatGPT與Canva(桃園)</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>志玄1151－生成式AI工具應用－ChatGPT與Canva(台北)</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
     <t>432</t>
   </si>
   <si>
     <t>永續星球面面觀~打造綠色生活環境</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
+    <t>9</t>
+  </si>
+  <si>
     <t>2024-10-05</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>星球的水與資源永續利用</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>生物化學I-蛋白質小劇場(2026)</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>居家運動</t>
   </si>
   <si>
     <t>生活應用 Lifestyle</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>走讀府城</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -413,51 +410,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G27"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -487,633 +484,610 @@
       </c>
       <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>76</v>
+        <v>17</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>48</v>
+        <v>88</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...11 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>57</v>
+        <v>105</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>100</v>
+        <v>11</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B27" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="1" t="s">
+      <c r="E27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="E27" s="1" t="s">
+      <c r="G27" s="1" t="s">
         <v>107</v>
-      </c>
-[...27 lines deleted...]
-        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>