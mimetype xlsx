--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -11,359 +11,365 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="113">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
-    <t>461</t>
-[...2 lines deleted...]
-    <t>生物化學V-分子生物學I (2025)</t>
+    <t>257</t>
+  </si>
+  <si>
+    <t>慈濟大學數位培力專區</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
+    <t>資訊科技 Information Technology</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>2022-08-31</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>生物化學I-蛋白質小劇場(2026)</t>
+  </si>
+  <si>
     <t>醫學健康 Medical Health</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>82</t>
-[...29 lines deleted...]
-    <t>70</t>
+    <t>61</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>生成式AI工具應用－ChatGPT與Canva</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>2024-07-04</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>生成式AI工具應用－ChatGPT與Canva(台北場)</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2024-04-02</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>11402生成式AI工具應用－ChatGPT與Canva(桃園)</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2025-04-19</t>
   </si>
   <si>
-    <t>464</t>
-[...16 lines deleted...]
-  <si>
     <t>425</t>
   </si>
   <si>
     <t>【1133蘆洲】生成式AI工具應用－ChatGPT與Canva</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2024-07-20</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>影音剪輯概念與手機操作實務</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2025-01-04</t>
   </si>
   <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>志玄1144－生成式AI工具應用－ChatGPT與Canva(台北)</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2025-10-16</t>
+  </si>
+  <si>
     <t>468</t>
   </si>
   <si>
     <t>11402生成式AI工具應用－ChatGPT與Canva(蘆洲)</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>2025-04-15</t>
   </si>
   <si>
-    <t>484</t>
-[...7 lines deleted...]
-  <si>
     <t>403</t>
   </si>
   <si>
     <t>如何了解現代藝術(數位自學課程)</t>
   </si>
   <si>
     <t>藝術人文 Arts annd Humanities</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-02-01</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>11402生成式AI工具應用－ChatGPT與Canva(台北)</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2025-04-17</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>生成式AI工具應用</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>專業簡報輕鬆做－用Canva學視覺化設計</t>
   </si>
   <si>
     <t>2025-01-14</t>
   </si>
   <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>華人社會與文化 (2026華語文師資培訓班專班)</t>
+  </si>
+  <si>
+    <t>語言學習 Language Learning</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
     <t>485</t>
   </si>
   <si>
     <t>志玄1144－生成式AI工具應用－ChatGPT與Canva(桃園)</t>
   </si>
   <si>
     <t>2025-10-15</t>
   </si>
   <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>重症照護實務與案例解析(2026春季班)</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>志玄1151－生成式AI工具應用－ChatGPT與Canva(桃園)</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>志玄1151－生成式AI工具應用－ChatGPT與Canva(台北)</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
     <t>483</t>
   </si>
   <si>
     <t>健康家庭</t>
   </si>
   <si>
     <t>社會心理 Social Psychology</t>
   </si>
   <si>
-    <t>15</t>
+    <t>16</t>
   </si>
   <si>
     <t>2025-10-06</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>11402專業簡報輕鬆做－用Canva學視覺化設計(台北)</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>495</t>
-[...2 lines deleted...]
-    <t>志玄1151－生成式AI工具應用－ChatGPT與Canva(桃園)</t>
+    <t>500</t>
+  </si>
+  <si>
+    <t>漢語語言學 (2026華語文師資培訓班專班)</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>2026-01-03</t>
-[...14 lines deleted...]
-    <t>永續星球面面觀~打造綠色生活環境</t>
+    <t>12</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>華語文教學語法 (2026華語文師資培訓班專班)</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>華語文教學導論 (2026華語文師資培訓班專班)</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>華語口語與表達(2026華語文師資培訓班專班)</t>
+  </si>
+  <si>
+    <t>13</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>9</t>
-[...17 lines deleted...]
-    <t>2026-01-09</t>
+    <t>494</t>
+  </si>
+  <si>
+    <t>生物化學IV~氮的代謝(2026)</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>居家運動</t>
   </si>
   <si>
     <t>生活應用 Lifestyle</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2022-09-30</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>走讀府城</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -410,51 +416,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G27"/>
+  <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -510,584 +516,630 @@
       </c>
       <c r="E3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
-      </c>
-[...16 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>48</v>
-      </c>
-[...16 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="E12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="G13" s="1" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>70</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>73</v>
-      </c>
-[...13 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="G21" s="1" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G22" s="1" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="F23" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G23" s="1" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>97</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="F28" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C27" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E27" s="1" t="s">
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="B29" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>107</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>